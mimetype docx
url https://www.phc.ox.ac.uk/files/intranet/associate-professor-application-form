--- v0 (2025-11-23)
+++ v1 (2026-03-18)
@@ -1,2825 +1,2935 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
+  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
+  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="0E10CA72" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="0E10CA72" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00E92906">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">APPLICATION FOR THE TITLE OF ASSOCIATE PROFESSOR </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35331E3A" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="35331E3A" w14:textId="77777777">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2285"/>
         <w:gridCol w:w="2359"/>
         <w:gridCol w:w="2384"/>
         <w:gridCol w:w="2359"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0053093E" w:rsidRPr="00E92906" w14:paraId="286C9E7C" w14:textId="77777777" w:rsidTr="00367F57">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidTr="00367F57" w14:paraId="286C9E7C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2286" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="051B745C" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="051B745C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>APPLICANT NAME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="094BA65F" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="094BA65F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="363A3FC9" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="363A3FC9" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>CURRENT POST/ ASSOCIATION WITH OXFORD UNIVERSITY</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="73ADE17A" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="73ADE17A" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70AFEEE4" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="70AFEEE4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053093E" w:rsidRPr="00E92906" w14:paraId="48586992" w14:textId="77777777" w:rsidTr="00367F57">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidTr="00367F57" w14:paraId="48586992" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2286" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6A08C60C" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="6A08C60C" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>DEPARTMENT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6DA2B3BE" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="6DA2B3BE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="15D663C2" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="15D663C2" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>START DATE OF POST OR ASSOCIATION</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CBDB3F6" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="5CBDB3F6" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="74ADBDD4" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="74ADBDD4" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053093E" w:rsidRPr="00E92906" w14:paraId="2325002A" w14:textId="77777777" w:rsidTr="00367F57">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidTr="00367F57" w14:paraId="2325002A" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2286" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="02D6F41D" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="02D6F41D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>SUPERVISOR’S NAME</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B5FA97F" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="0B5FA97F" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6FF62003" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="6FF62003" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>HEAD OF DEPARTMENT NAME</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="503710BC" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="503710BC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6B89DE60" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="6B89DE60" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053093E" w:rsidRPr="00E92906" w14:paraId="228FD8D2" w14:textId="77777777" w:rsidTr="00367F57">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidTr="00367F57" w14:paraId="228FD8D2" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2286" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5D840553" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="5D840553" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>ANY PREVIOUS POST/ ASSOCIATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CCD3897" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="2CCD3897" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5800C0DC" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="5800C0DC" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>DEPARTMENT AND START DATE</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2FF3A71E" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="2FF3A71E" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="315EF2A8" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="315EF2A8" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0053093E" w:rsidRPr="00E92906" w14:paraId="026CCC72" w14:textId="77777777" w:rsidTr="00367F57">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidTr="00367F57" w14:paraId="026CCC72" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2286" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="037DB634" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="037DB634" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>List dates of any Career Break (e.g.: Maternity/Paternity Leave</w:t>
             </w:r>
             <w:r w:rsidR="00AC3072">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>, Furlough</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="08C38811" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="08C38811" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="504796DE" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="504796DE" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="6" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="12" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6573A04F" w14:textId="63C0296F" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="00BF492C" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="00BF492C" w14:paraId="6573A04F" w14:textId="63C0296F">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
                 <w:b/>
               </w:rPr>
               <w:t>PREVIOUS AP TITLE APPLICATION</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2394" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1FD9D27D" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00367F57">
+          <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="00367F57" w:rsidRDefault="0053093E" w14:paraId="1FD9D27D" w14:textId="77777777">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="22EBEC62" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="22EBEC62" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1F6622C6" w14:textId="77777777" w:rsidR="00E22509" w:rsidRDefault="00E22509" w:rsidP="00F04F82">
+    <w:p w:rsidR="00E22509" w:rsidP="00F04F82" w:rsidRDefault="00E22509" w14:paraId="1F6622C6" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="314721F4" w14:textId="7379B6C9" w:rsidR="005E28B5" w:rsidRPr="005E28B5" w:rsidRDefault="005E28B5" w:rsidP="00F04F82">
+    <w:p w:rsidRPr="005E28B5" w:rsidR="005E28B5" w:rsidP="00F04F82" w:rsidRDefault="005E28B5" w14:paraId="314721F4" w14:textId="7379B6C9">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E28B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>CRITERION ONE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="59991DC0" w14:textId="05BFFC85" w:rsidR="00DD6424" w:rsidRDefault="00DD6424" w:rsidP="00F04F82">
+    <w:p w:rsidR="00DD6424" w:rsidP="00F04F82" w:rsidRDefault="00DD6424" w14:paraId="59991DC0" w14:textId="05BFFC85">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="005E28B5">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>An</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6424">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> independent programme of research and grants as a key focus of their role and of a standard equivalent to that required for confirmation in post as an Associate Professor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="41C186E9" w14:textId="0BBFD69E" w:rsidR="00CA5A8B" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="00F04F82">
+    <w:p w:rsidRPr="001703AD" w:rsidR="00CA5A8B" w:rsidP="00F04F82" w:rsidRDefault="0053093E" w14:paraId="41C186E9" w14:textId="0BBFD69E">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">The applicant must demonstrate substantial independent research achievements.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B160E4B" w14:textId="26F5E0E5" w:rsidR="0053093E" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="00F04F82">
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="00F04F82" w:rsidRDefault="0053093E" w14:paraId="0B160E4B" w14:textId="26F5E0E5">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>Applicants should:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77C545E5" w14:textId="10D7854B" w:rsidR="00CA5A8B" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="001703AD" w:rsidR="00CA5A8B" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="77C545E5" w14:textId="10D7854B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="540"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Provide full details of all publications during your academic career; </w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A8B" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="00CA5A8B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>indicating the date of publication. Y</w:t>
       </w:r>
-      <w:r w:rsidR="00F04F82" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="00F04F82">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>ou may cross-refer to your CV</w:t>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> if you wish</w:t>
       </w:r>
-      <w:r w:rsidR="00EC4B2A" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="00EC4B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00EC4B2A" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="00EC4B2A">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Please clearly indicate </w:t>
       </w:r>
-      <w:r w:rsidR="00CA5A8B" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="00CA5A8B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">your name in bold and list your publications in the following order: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37214F2C" w14:textId="19BB4083" w:rsidR="00907562" w:rsidRPr="001703AD" w:rsidRDefault="00907562" w:rsidP="00907562">
+    <w:p w:rsidRPr="001703AD" w:rsidR="00907562" w:rsidP="00907562" w:rsidRDefault="00907562" w14:paraId="37214F2C" w14:textId="19BB4083">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C1E50DC" w14:textId="77777777" w:rsidR="00907562" w:rsidRPr="001703AD" w:rsidRDefault="00CA5A8B" w:rsidP="00907562">
+    <w:p w:rsidRPr="001703AD" w:rsidR="00907562" w:rsidP="00907562" w:rsidRDefault="00CA5A8B" w14:paraId="7C1E50DC" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>Senior Author</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="513E98D2" w14:textId="77777777" w:rsidR="00907562" w:rsidRPr="001703AD" w:rsidRDefault="00CA5A8B" w:rsidP="00907562">
+    <w:p w:rsidRPr="001703AD" w:rsidR="00907562" w:rsidP="00907562" w:rsidRDefault="00CA5A8B" w14:paraId="513E98D2" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>First Author</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5341EFD7" w14:textId="19183890" w:rsidR="00CA5A8B" w:rsidRPr="001703AD" w:rsidRDefault="00CA5A8B" w:rsidP="00907562">
+    <w:p w:rsidRPr="001703AD" w:rsidR="00CA5A8B" w:rsidP="00907562" w:rsidRDefault="00CA5A8B" w14:paraId="5341EFD7" w14:textId="19183890">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="10"/>
         </w:numPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>Other Author</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F3AE65B" w14:textId="77777777" w:rsidR="00F04F82" w:rsidRPr="001703AD" w:rsidRDefault="00F04F82" w:rsidP="0053093E">
+    <w:p w:rsidRPr="001703AD" w:rsidR="00F04F82" w:rsidP="0053093E" w:rsidRDefault="00F04F82" w14:paraId="7F3AE65B" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="11A42F77" w14:textId="34C6C79A" w:rsidR="00333F0D" w:rsidRDefault="0053093E" w:rsidP="00E22509">
+    <w:p w:rsidR="00333F0D" w:rsidP="00E22509" w:rsidRDefault="0053093E" w14:paraId="11A42F77" w14:textId="34C6C79A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="5"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="clear" w:pos="1080"/>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00333F0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Demonstrate the quality of their contributions in their chosen research field by giving details of the five most significant publications whilst working for, or in association, with the University of Oxford, and explain their individual contribution to these five publications, e.g., senior authorship, major contribution to an important aspect of the paper (such as statistical analysis, structural biology </w:t>
       </w:r>
-      <w:r w:rsidR="00F04F82" w:rsidRPr="00333F0D">
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00F04F82">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>etc</w:t>
       </w:r>
-      <w:r w:rsidR="00EC4B2A" w:rsidRPr="00333F0D">
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00EC4B2A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00333F0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>). We would expect most to be recent publications</w:t>
       </w:r>
-      <w:r w:rsidR="00EC4B2A" w:rsidRPr="00333F0D">
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00EC4B2A">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidRPr="00333F0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
+        <w:t xml:space="preserve"> i.e. within the last five years</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333F0D" w:rsidR="006873BE">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00AF521C">
+        <w:rPr>
+          <w:rFonts w:cs="Arial"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...25 lines deleted...]
-      <w:r w:rsidR="00AF521C" w:rsidRPr="00333F0D">
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00AF521C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>Only published research available for inspection should be listed</w:t>
       </w:r>
       <w:r w:rsidRPr="00333F0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00333F0D">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00AF521C" w:rsidRPr="00333F0D">
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00AF521C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Unpublished research </w:t>
       </w:r>
-      <w:r w:rsidR="00B81D74" w:rsidRPr="00333F0D">
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00B81D74">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>(</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B81D74" w:rsidRPr="00333F0D">
+        <w:t>(e.g. manuscripts submitted, in preparation etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00907562">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>e.g.</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00B81D74" w:rsidRPr="00333F0D">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00B81D74">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> manuscripts submitted, in preparation etc</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00907562" w:rsidRPr="00333F0D">
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00AF521C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B81D74" w:rsidRPr="00333F0D">
+        <w:t>should not be listed</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00B81D74">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">) </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AF521C" w:rsidRPr="00333F0D">
+        <w:t xml:space="preserve"> and will not be taken into account</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00333F0D" w:rsidR="00AF521C">
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t>should not be listed</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00B81D74" w:rsidRPr="00333F0D">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00333F0D" w:rsidRDefault="00333F0D" w14:paraId="48E439D5" w14:textId="77777777">
+      <w:pPr>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve"> and will not be taken into account</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AF521C" w:rsidRPr="00333F0D">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48E439D5" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRDefault="00333F0D">
-[...12 lines deleted...]
-    <w:p w14:paraId="37BBA572" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00333F0D" w:rsidRDefault="0053093E" w:rsidP="00333F0D">
+    <w:p w:rsidRPr="00333F0D" w:rsidR="0053093E" w:rsidP="00333F0D" w:rsidRDefault="0053093E" w14:paraId="37BBA572" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3EE8C361" w14:textId="3BC43121" w:rsidR="00333F0D" w:rsidRDefault="00333F0D" w:rsidP="00333F0D">
+    <w:p w:rsidR="00333F0D" w:rsidP="00333F0D" w:rsidRDefault="00333F0D" w14:paraId="3EE8C361" w14:textId="3BC43121">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9341" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1452"/>
         <w:gridCol w:w="2008"/>
-        <w:gridCol w:w="1158"/>
-        <w:gridCol w:w="1604"/>
+        <w:gridCol w:w="1290"/>
+        <w:gridCol w:w="1472"/>
         <w:gridCol w:w="1560"/>
         <w:gridCol w:w="1559"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00333F0D" w:rsidRPr="00E92906" w14:paraId="02B8B522" w14:textId="77777777" w:rsidTr="00E36E42">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidTr="06713D06" w14:paraId="02B8B522" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="672843C4" w14:textId="4302719D" w:rsidR="00333F0D" w:rsidRPr="00D33CC4" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D33CC4" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="672843C4" w14:textId="4302719D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Publication Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2008" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="0EBCA33A" w14:textId="181B00A3" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00920F7A" w14:paraId="0EBCA33A" w14:textId="44AA3CFA">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
-              <w:t>Publisher</w:t>
+              <w:t>Journal Title</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1158" w:type="dxa"/>
+            <w:tcW w:w="1290" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="75CEA68F" w14:textId="117EFD3E" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="75CEA68F" w14:textId="117EFD3E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Date published</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1604" w:type="dxa"/>
+            <w:tcW w:w="1472" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="13D8A886" w14:textId="5880109C" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="13D8A886" w14:textId="5880109C">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Senior Author</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="79C5D7CB" w14:textId="56CF4147" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="79C5D7CB" w14:textId="56CF4147">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>First Author</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="35F49303" w14:textId="0540C268" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00B87F93" w:rsidP="009B0695">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00B87F93" w14:paraId="35F49303" w14:textId="0540C268">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
             <w:r w:rsidR="00333F0D">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> Author</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333F0D" w:rsidRPr="00E92906" w14:paraId="62721AA1" w14:textId="77777777" w:rsidTr="00E36E42">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidTr="06713D06" w14:paraId="62721AA1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="03098111" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="03098111" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="5BC3B632" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="1EA926FF" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="5A49C97D" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1472" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="5BC3B632" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="7E318AAE" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="7E318AAE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="4DA23257" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="4DA23257" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333F0D" w:rsidRPr="00E92906" w14:paraId="35385839" w14:textId="77777777" w:rsidTr="00E36E42">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidTr="06713D06" w14:paraId="35385839" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="4E748953" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="4E748953" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="08AE37B7" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="67C51223" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="0E55B284" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1472" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="08AE37B7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="1E9C1F14" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="1E9C1F14" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="66611390" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="66611390" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333F0D" w:rsidRPr="00E92906" w14:paraId="71D8E473" w14:textId="77777777" w:rsidTr="00E36E42">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidTr="06713D06" w14:paraId="71D8E473" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="4D9D6589" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="4D9D6589" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="2DB702AB" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="2A4D2904" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="6D2B35AC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1472" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="2DB702AB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="60EE2546" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="60EE2546" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="2B18CF63" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="2B18CF63" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00333F0D" w:rsidRPr="00E92906" w14:paraId="7711369C" w14:textId="77777777" w:rsidTr="00E36E42">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidTr="06713D06" w14:paraId="7711369C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1452" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="28C107AA" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="28C107AA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2008" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="7838DCFE" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="104FD037" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1290" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="60F37E15" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1472" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="7838DCFE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1560" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="3882F5A8" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="3882F5A8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="131711C4" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00E92906" w:rsidRDefault="00333F0D" w:rsidP="009B0695">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00333F0D" w:rsidP="009B0695" w:rsidRDefault="00333F0D" w14:paraId="131711C4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="709D8C9D" w14:textId="77777777" w:rsidR="00333F0D" w:rsidRPr="00333F0D" w:rsidRDefault="00333F0D" w:rsidP="00333F0D">
+    <w:p w:rsidRPr="00333F0D" w:rsidR="00333F0D" w:rsidP="00333F0D" w:rsidRDefault="00333F0D" w14:paraId="709D8C9D" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62BDAC30" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="62BDAC30" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A2944EB" w14:textId="56D89869" w:rsidR="00CA5A8B" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="001703AD" w:rsidR="00CA5A8B" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="3A2944EB" w14:textId="56D89869">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>The applicant must have been successful in obtaining research grants independently</w:t>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45F268F5" w14:textId="77777777" w:rsidR="00907562" w:rsidRPr="001703AD" w:rsidRDefault="00CA5A8B" w:rsidP="0053093E">
+    <w:p w:rsidRPr="001703AD" w:rsidR="00907562" w:rsidP="0053093E" w:rsidRDefault="00CA5A8B" w14:paraId="45F268F5" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00907562" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="00907562">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">Applicants should: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14CC08DF" w14:textId="3F44971E" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="00907562" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="00907562" w14:paraId="14CC08DF" w14:textId="3F44971E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001703AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
         <w:t>G</w:t>
       </w:r>
-      <w:r w:rsidR="0053093E" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="0053093E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">ive full details of all </w:t>
       </w:r>
-      <w:r w:rsidR="0053093E" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="0053093E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>successful</w:t>
       </w:r>
-      <w:r w:rsidR="0053093E" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="0053093E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> grant applications that you have made. Please list </w:t>
       </w:r>
-      <w:r w:rsidR="0053093E" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="0053093E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>only</w:t>
       </w:r>
-      <w:r w:rsidR="0053093E" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="0053093E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> those grants in which your role was </w:t>
       </w:r>
-      <w:r w:rsidR="0053093E" w:rsidRPr="00D33CC4">
+      <w:r w:rsidRPr="00D33CC4" w:rsidR="0053093E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PI or Co-applicant</w:t>
       </w:r>
-      <w:r w:rsidR="0053093E" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="0053093E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="0053093E" w:rsidRPr="00E92906">
+      <w:r w:rsidRPr="00E92906" w:rsidR="0053093E">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="727D14F2" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="727D14F2" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9370" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1463"/>
-        <w:gridCol w:w="1224"/>
+        <w:gridCol w:w="1545"/>
+        <w:gridCol w:w="1142"/>
         <w:gridCol w:w="1283"/>
         <w:gridCol w:w="2827"/>
-        <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="1439"/>
+        <w:gridCol w:w="1200"/>
+        <w:gridCol w:w="1373"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D33CC4" w:rsidRPr="00E92906" w14:paraId="3A464F1D" w14:textId="77777777" w:rsidTr="00D33CC4">
-[...2 lines deleted...]
-            <w:tcW w:w="1463" w:type="dxa"/>
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidTr="06713D06" w14:paraId="3A464F1D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1545" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4399821F" w14:textId="319DC6A4" w:rsidR="00D33CC4" w:rsidRPr="00D33CC4" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D33CC4" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="4399821F" w14:textId="319DC6A4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33CC4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Principal Investigator</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1224" w:type="dxa"/>
+            <w:tcW w:w="1142" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7321C2FD" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="7321C2FD" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Start Date &amp; End Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="71425B0B" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="71425B0B" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Title of the award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="19ABAE02" w14:textId="7815513D" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="19ABAE02" w14:textId="7815513D">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Type of award (</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00E22509">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>.g.</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00E22509">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Career Development Fellowship, Project Grant etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1200" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6A3F43B0" w14:textId="4929ADA4" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="6A3F43B0" w14:textId="4929ADA4">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Awarding Body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1439" w:type="dxa"/>
+            <w:tcW w:w="1373" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1814A349" w14:textId="08972FF9" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="1814A349" w14:textId="08972FF9">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Value of the award</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33CC4" w:rsidRPr="00E92906" w14:paraId="4C3271F9" w14:textId="77777777" w:rsidTr="00D33CC4">
-[...18 lines deleted...]
-          <w:p w14:paraId="18EE5E4F" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidTr="06713D06" w14:paraId="4C3271F9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="3655E992" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="18EE5E4F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="0BA4AF21" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="0BA4AF21" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="5CF271A4" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="47DF41D4" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="5AED4EBC" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="5CF271A4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33CC4" w:rsidRPr="00E92906" w14:paraId="35D91708" w14:textId="77777777" w:rsidTr="00D33CC4">
-[...18 lines deleted...]
-          <w:p w14:paraId="51750F2C" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidTr="06713D06" w14:paraId="35D91708" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="464B4A7A" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="51750F2C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="12D3F78F" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="12D3F78F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="7584DE69" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="68CCE3FE" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="17536636" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="7584DE69" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33CC4" w:rsidRPr="00E92906" w14:paraId="3359031E" w14:textId="77777777" w:rsidTr="00D33CC4">
-[...18 lines deleted...]
-          <w:p w14:paraId="39045862" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidTr="06713D06" w14:paraId="3359031E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="64555756" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="39045862" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="76BF6EC8" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="76BF6EC8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="0BF6E831" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="2909DDED" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="7A939CE5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="0BF6E831" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33CC4" w:rsidRPr="00E92906" w14:paraId="08ACB387" w14:textId="77777777" w:rsidTr="00D33CC4">
-[...18 lines deleted...]
-          <w:p w14:paraId="483EBBBB" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidTr="06713D06" w14:paraId="08ACB387" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1545" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="78D96D30" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1142" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="483EBBBB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1283" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="29B4C0FD" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="29B4C0FD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2827" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="3E985029" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00367F57">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="165C6B66" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1200" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="7290F873" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1373" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00367F57" w:rsidRDefault="00D33CC4" w14:paraId="3E985029" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1EB23907" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="1EB23907" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9341" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1311"/>
         <w:gridCol w:w="1226"/>
         <w:gridCol w:w="1417"/>
         <w:gridCol w:w="2835"/>
-        <w:gridCol w:w="1134"/>
-        <w:gridCol w:w="1418"/>
+        <w:gridCol w:w="1215"/>
+        <w:gridCol w:w="1337"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00D33CC4" w:rsidRPr="00E92906" w14:paraId="6B3FF668" w14:textId="77777777" w:rsidTr="00D33CC4">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidTr="06713D06" w14:paraId="6B3FF668" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5ECD51C6" w14:textId="1330F694" w:rsidR="00D33CC4" w:rsidRPr="00D33CC4" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00D33CC4" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="5ECD51C6" w14:textId="1330F694">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D33CC4">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Co-Applicant</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1226" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="05C7068E" w14:textId="528321FE" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="05C7068E" w14:textId="528321FE">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Start Date &amp; End Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3F531F19" w14:textId="41A6E054" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="3F531F19" w14:textId="41A6E054">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Title of the award</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="72DCCDAF" w14:textId="082C37F6" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="72DCCDAF" w14:textId="082C37F6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Type of award (</w:t>
             </w:r>
-            <w:proofErr w:type="gramStart"/>
             <w:r w:rsidR="00E22509">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>.g.</w:t>
             </w:r>
-            <w:proofErr w:type="gramEnd"/>
             <w:r w:rsidR="00E22509">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Career Development Fellowship, Project Grant etc.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1134" w:type="dxa"/>
+            <w:tcW w:w="1215" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1BCB96FB" w14:textId="2251C103" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="1BCB96FB" w14:textId="2251C103">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Awarding Body</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1418" w:type="dxa"/>
+            <w:tcW w:w="1337" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="6" w:space="0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6C6BDDF1" w14:textId="09E703B7" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="6C6BDDF1" w14:textId="09E703B7">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Value of the award</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33CC4" w:rsidRPr="00E92906" w14:paraId="63EEC638" w14:textId="77777777" w:rsidTr="00D33CC4">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidTr="06713D06" w14:paraId="63EEC638" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="0FDCF603" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="0FDCF603" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1226" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="2AD68444" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="2AD68444" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="029D00DE" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="029D00DE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="40E9999B" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="5C370828" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="4640D9A0" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="40E9999B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33CC4" w:rsidRPr="00E92906" w14:paraId="7DB04009" w14:textId="77777777" w:rsidTr="00D33CC4">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidTr="06713D06" w14:paraId="7DB04009" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="2B02A813" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="2B02A813" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1226" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="1FF69A99" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="1FF69A99" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="5295B42D" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="5295B42D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="691C4C84" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="542DFEF5" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="039AEA54" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="691C4C84" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33CC4" w:rsidRPr="00E92906" w14:paraId="0C5B652F" w14:textId="77777777" w:rsidTr="00D33CC4">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidTr="06713D06" w14:paraId="0C5B652F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="476DFF1F" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="476DFF1F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1226" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="61E11A02" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="61E11A02" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="13AF9F16" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="13AF9F16" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="123EC013" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="5376D918" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="11736036" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="123EC013" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D33CC4" w:rsidRPr="00E92906" w14:paraId="50C3F5E9" w14:textId="77777777" w:rsidTr="00D33CC4">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidTr="06713D06" w14:paraId="50C3F5E9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1311" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="29456C1B" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="29456C1B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1226" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="67510BD7" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="67510BD7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1417" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-          <w:p w14:paraId="2B40349D" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="2B40349D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2835" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-          </w:tcPr>
-[...26 lines deleted...]
-          <w:p w14:paraId="2D05C0D8" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRPr="00E92906" w:rsidRDefault="00D33CC4" w:rsidP="00D33CC4">
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="592F2807" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1215" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="011F68D7" w14:textId="77777777">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:cs="Arial"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1337" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcMar/>
+          </w:tcPr>
+          <w:p w:rsidRPr="00E92906" w:rsidR="00D33CC4" w:rsidP="00D33CC4" w:rsidRDefault="00D33CC4" w14:paraId="2D05C0D8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="44DB6016" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRDefault="00D33CC4" w:rsidP="0053093E">
+    <w:p w:rsidR="00D33CC4" w:rsidP="0053093E" w:rsidRDefault="00D33CC4" w14:paraId="44DB6016" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7DBD35FE" w14:textId="77777777" w:rsidR="00D33CC4" w:rsidRDefault="00D33CC4" w:rsidP="0053093E">
+    <w:p w:rsidR="00D33CC4" w:rsidP="0053093E" w:rsidRDefault="00D33CC4" w14:paraId="7DBD35FE" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="118697C9" w14:textId="77777777" w:rsidR="00E22509" w:rsidRDefault="00E22509">
+    <w:p w:rsidR="00E22509" w:rsidRDefault="00E22509" w14:paraId="118697C9" w14:textId="77777777">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22913570" w14:textId="6D4F2D37" w:rsidR="000C6B1C" w:rsidRDefault="000C6B1C" w:rsidP="0053093E">
+    <w:p w:rsidR="000C6B1C" w:rsidP="0053093E" w:rsidRDefault="000C6B1C" w14:paraId="22913570" w14:textId="6D4F2D37">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>CRITERION TWO</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E11887D" w14:textId="4149F051" w:rsidR="00DD6424" w:rsidRDefault="00DD6424" w:rsidP="0053093E">
+    <w:p w:rsidR="00DD6424" w:rsidP="0053093E" w:rsidRDefault="00DD6424" w14:paraId="7E11887D" w14:textId="4149F051">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DD6424">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>A teaching role comparable with that of a substantive Associate Professor</w:t>
       </w:r>
-      <w:r w:rsidR="00E22509" w:rsidRPr="00E22509">
+      <w:r w:rsidRPr="00E22509" w:rsidR="00E22509">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E22509">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>is required</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6424">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">, to include </w:t>
       </w:r>
       <w:r w:rsidR="00CF409B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
@@ -2867,2408 +2977,2915 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF409B">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>absolutely exceptional circumstances</w:t>
       </w:r>
       <w:r w:rsidR="00E22509">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DD6424">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">. Teaching and administrative duties are carried out at no less a level of excellence than is expected of a substantive Associate Professor. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01D04023" w14:textId="3A44D7A4" w:rsidR="000C6B1C" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="001703AD" w:rsidR="000C6B1C" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="01D04023" w14:textId="3A44D7A4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>The title requires that some teaching is undertaken.</w:t>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="304ABE93" w14:textId="468A7477" w:rsidR="0053093E" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="304ABE93" w14:textId="468A7477">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">However, references to teaching need not merely relate to undergraduate teaching. A distinguished researcher would usually have some responsibility for graduate supervision.  Please </w:t>
       </w:r>
       <w:r w:rsidR="00E22509">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3E7DD1F6" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="3E7DD1F6" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7BECABEC" w14:textId="48E0A60D" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="7BECABEC" w14:textId="48E0A60D">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001703AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Full details of all teaching (date</w:t>
       </w:r>
       <w:r w:rsidR="00E22509">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>, number of session</w:t>
       </w:r>
       <w:r w:rsidR="00E22509">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>, course name, etc</w:t>
       </w:r>
-      <w:r w:rsidR="00AC3072" w:rsidRPr="001703AD">
+      <w:r w:rsidRPr="001703AD" w:rsidR="00AC3072">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="418C699B" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="418C699B" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42BC364D" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="42BC364D" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3085"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="1559"/>
         <w:gridCol w:w="1134"/>
         <w:gridCol w:w="2552"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w14:paraId="524CF716" w14:textId="77777777" w:rsidTr="004B151B">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidTr="004B151B" w14:paraId="524CF716" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="497BFD64" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="497BFD64" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Course Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="34B4C1DE" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="34B4C1DE" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Start Date &amp; End Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="157E21A4" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="008F2078">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="008F2078" w:rsidRDefault="00EC4B2A" w14:paraId="157E21A4" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of </w:t>
             </w:r>
-            <w:r w:rsidR="008F2078" w:rsidRPr="00E92906">
+            <w:r w:rsidRPr="00E92906" w:rsidR="008F2078">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>tudents</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="22DD48B4" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="008F2078">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="008F2078" w:rsidRDefault="00EC4B2A" w14:paraId="22DD48B4" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve">Number of </w:t>
             </w:r>
-            <w:r w:rsidR="008F2078" w:rsidRPr="00E92906">
+            <w:r w:rsidRPr="00E92906" w:rsidR="008F2078">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>S</w:t>
             </w:r>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>essions</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="1E3AD6BE" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="1E3AD6BE" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Venue</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w14:paraId="514858E5" w14:textId="77777777" w:rsidTr="004B151B">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidTr="004B151B" w14:paraId="514858E5" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6DAFEC71" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="6DAFEC71" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="110EA902" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="110EA902" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A76723D" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="7A76723D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2D097710" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="2D097710" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5F295FAD" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="5F295FAD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w14:paraId="79AB5987" w14:textId="77777777" w:rsidTr="004B151B">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidTr="004B151B" w14:paraId="79AB5987" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5F873C5B" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="5F873C5B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="62234FDD" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="62234FDD" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7FBBC532" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="7FBBC532" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61890F4A" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="61890F4A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="621C7B19" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="621C7B19" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w14:paraId="28460A1C" w14:textId="77777777" w:rsidTr="004B151B">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidTr="004B151B" w14:paraId="28460A1C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3D967C04" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="3D967C04" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5120758D" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="5120758D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="654A82BA" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="654A82BA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="768617F9" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="768617F9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="115295B5" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="115295B5" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w14:paraId="3B69FF1C" w14:textId="77777777" w:rsidTr="004B151B">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidTr="004B151B" w14:paraId="3B69FF1C" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="21FEA758" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="21FEA758" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4166A646" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="4166A646" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1A0593F7" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="1A0593F7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="630A179C" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="630A179C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1538B44F" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="1538B44F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w14:paraId="4FAECDC0" w14:textId="77777777" w:rsidTr="004B151B">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidTr="004B151B" w14:paraId="4FAECDC0" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C6CA8CA" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="6C6CA8CA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1F94427F" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="1F94427F" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1559" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="15C7D862" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="15C7D862" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1134" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2EC4DDB3" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="2EC4DDB3" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2552" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5179FB69" w14:textId="77777777" w:rsidR="00EC4B2A" w:rsidRPr="00E92906" w:rsidRDefault="00EC4B2A" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00EC4B2A" w:rsidP="003C3A9E" w:rsidRDefault="00EC4B2A" w14:paraId="5179FB69" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7D9011E2" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="7D9011E2" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="109B2E39" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="109B2E39" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="62F47F9E" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="62F47F9E" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>ii)</w:t>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="001703AD">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
         <w:t>Full details and numbers of all graduate students whom you have formally supervised, including dates when this work took place and level of student (e.g.: MSc, DPhil).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58D0B720" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="58D0B720" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A0E2196" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="5A0E2196" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3526"/>
         <w:gridCol w:w="2696"/>
         <w:gridCol w:w="3261"/>
       </w:tblGrid>
-      <w:tr w:rsidR="000B5F3C" w:rsidRPr="00E92906" w14:paraId="47E59013" w14:textId="77777777" w:rsidTr="000B5F3C">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidTr="000B5F3C" w14:paraId="47E59013" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3526" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="6B2B64F6" w14:textId="145F2735" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="000B7751">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="000B7751" w:rsidRDefault="000B5F3C" w14:paraId="6B2B64F6" w14:textId="145F2735">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00250DF6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">MSc </w:t>
             </w:r>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Student Name</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2696" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="7ACD19AA" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="7ACD19AA" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Start Date &amp; End Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="222A32A4" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="222A32A4" w14:textId="77777777">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Other</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B5F3C" w:rsidRPr="00E92906" w14:paraId="0CEB3290" w14:textId="77777777" w:rsidTr="000B5F3C">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidTr="000B5F3C" w14:paraId="0CEB3290" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4CD50237" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="4CD50237" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22C2E59A" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="22C2E59A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="66B01A3B" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="66B01A3B" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B5F3C" w:rsidRPr="00E92906" w14:paraId="2B597998" w14:textId="77777777" w:rsidTr="000B5F3C">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidTr="000B5F3C" w14:paraId="2B597998" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="35FF6BB8" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="35FF6BB8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22D44E88" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="22D44E88" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="720455B8" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="720455B8" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B5F3C" w:rsidRPr="00E92906" w14:paraId="4C7AEBC1" w14:textId="77777777" w:rsidTr="000B5F3C">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidTr="000B5F3C" w14:paraId="4C7AEBC1" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="229A788A" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="229A788A" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B0F0214" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="1B0F0214" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="10BD6290" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="10BD6290" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000B5F3C" w:rsidRPr="00E92906" w14:paraId="33010984" w14:textId="77777777" w:rsidTr="000B5F3C">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidTr="000B5F3C" w14:paraId="33010984" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3526" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="22B322DB" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="22B322DB" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2696" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D4CF9EF" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="4D4CF9EF" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3261" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="475C1792" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRPr="00E92906" w:rsidRDefault="000B5F3C" w:rsidP="003C3A9E">
+          <w:p w:rsidRPr="00E92906" w:rsidR="000B5F3C" w:rsidP="003C3A9E" w:rsidRDefault="000B5F3C" w14:paraId="475C1792" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="190765A2" w14:textId="2DDA4334" w:rsidR="00190A8D" w:rsidRDefault="00190A8D" w:rsidP="00190A8D">
+    <w:p w:rsidR="00190A8D" w:rsidP="00190A8D" w:rsidRDefault="00190A8D" w14:paraId="190765A2" w14:textId="2DDA4334">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2950E21B" w14:textId="1EFEF2D6" w:rsidR="000B5F3C" w:rsidRDefault="000B5F3C" w:rsidP="00190A8D">
+    <w:p w:rsidR="000B5F3C" w:rsidP="00190A8D" w:rsidRDefault="000B5F3C" w14:paraId="2950E21B" w14:textId="1EFEF2D6">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="1080"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+          <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:left w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:right w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+          <w:insideH w:val="single" w:color="000000" w:sz="6" w:space="0"/>
+          <w:insideV w:val="single" w:color="000000" w:sz="6" w:space="0"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2395"/>
         <w:gridCol w:w="1579"/>
         <w:gridCol w:w="1834"/>
         <w:gridCol w:w="1763"/>
         <w:gridCol w:w="1924"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00693D33" w:rsidRPr="00E92906" w14:paraId="4BBD5199" w14:textId="77777777" w:rsidTr="00693D33">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidTr="00693D33" w14:paraId="4BBD5199" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="5E21644B" w14:textId="3A7E6074" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="5E21644B" w14:textId="3A7E6074">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00250DF6">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>DPhil</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Student Name</w:t>
             </w:r>
             <w:r w:rsidRPr="00632E28">
               <w:rPr>
                 <w:rStyle w:val="FootnoteReference"/>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
               <w:footnoteReference w:id="1"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="2BFC2B43" w14:textId="1C20BE20" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="2BFC2B43" w14:textId="1C20BE20">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E92906">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
               </w:rPr>
               <w:t>Start Date &amp; End Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="42117E91" w14:textId="52B346EB" w:rsidR="00693D33" w:rsidRPr="00693D33" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00693D33" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="42117E91" w14:textId="52B346EB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693D33">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Transferred</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="10115735" w14:textId="065B58F3" w:rsidR="00693D33" w:rsidRPr="00693D33" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00693D33" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="10115735" w14:textId="065B58F3">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693D33">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Confirmed</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1924" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="12" w:space="0" w:color="000000"/>
-              <w:bottom w:val="single" w:sz="6" w:space="0" w:color="000000"/>
+              <w:top w:val="single" w:color="000000" w:sz="12" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="6" w:space="0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
           </w:tcPr>
-          <w:p w14:paraId="60D0F7BF" w14:textId="46616D5B" w:rsidR="00693D33" w:rsidRPr="00693D33" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00693D33" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="60D0F7BF" w14:textId="46616D5B">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="567"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00693D33">
               <w:rPr>
                 <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t>Completed</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00693D33" w:rsidRPr="00E92906" w14:paraId="1DA75E54" w14:textId="77777777" w:rsidTr="00693D33">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidTr="00693D33" w14:paraId="1DA75E54" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38F0340C" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="38F0340C" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1D929715" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="1D929715" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7209858D" w14:textId="041465D0" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="7209858D" w14:textId="041465D0">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56DB6EF7" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="56DB6EF7" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1924" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="03E25A1B" w14:textId="044B467A" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="03E25A1B" w14:textId="044B467A">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00693D33" w:rsidRPr="00E92906" w14:paraId="00A3814D" w14:textId="77777777" w:rsidTr="00693D33">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidTr="00693D33" w14:paraId="00A3814D" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="38DA8FE9" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="38DA8FE9" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="698FE872" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="698FE872" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="33CFBDDB" w14:textId="1BBAD527" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="33CFBDDB" w14:textId="1BBAD527">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2964C481" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="2964C481" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1924" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="441F5242" w14:textId="3B3CDFDC" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="441F5242" w14:textId="3B3CDFDC">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00693D33" w:rsidRPr="00E92906" w14:paraId="1DA8217E" w14:textId="77777777" w:rsidTr="00693D33">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidTr="00693D33" w14:paraId="1DA8217E" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1BA419DA" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="1BA419DA" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="223F018D" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="223F018D" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0180807D" w14:textId="50D54EDB" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="0180807D" w14:textId="50D54EDB">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="59E0CEB4" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="59E0CEB4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1924" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7203FA59" w14:textId="19D34A94" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="7203FA59" w14:textId="19D34A94">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00693D33" w:rsidRPr="00E92906" w14:paraId="04230204" w14:textId="77777777" w:rsidTr="00693D33">
+      <w:tr w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidTr="00693D33" w14:paraId="04230204" w14:textId="77777777">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2395" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="5619ADAC" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="5619ADAC" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1579" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="22FBC7BE" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="22FBC7BE" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1834" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="32288397" w14:textId="662B3777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="32288397" w14:textId="662B3777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1763" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="20C9E7D4" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="20C9E7D4" w14:textId="77777777">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1924" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="17005E01" w14:textId="2066BF69" w:rsidR="00693D33" w:rsidRPr="00E92906" w:rsidRDefault="00693D33" w:rsidP="009B0695">
+          <w:p w:rsidRPr="00E92906" w:rsidR="00693D33" w:rsidP="009B0695" w:rsidRDefault="00693D33" w14:paraId="17005E01" w14:textId="2066BF69">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:cs="Arial"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35B6CB18" w14:textId="77777777" w:rsidR="000B5F3C" w:rsidRDefault="000B5F3C" w:rsidP="000B5F3C">
+    <w:p w:rsidR="000B5F3C" w:rsidP="000B5F3C" w:rsidRDefault="000B5F3C" w14:paraId="35B6CB18" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7668D5AD" w14:textId="77777777" w:rsidR="000C6B1C" w:rsidRDefault="000C6B1C" w:rsidP="00190A8D">
+    <w:p w:rsidR="5039AFF3" w:rsidP="5039AFF3" w:rsidRDefault="5039AFF3" w14:paraId="0BDCDD0F" w14:textId="71118C16">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="none" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="000C6B1C" w:rsidP="00190A8D" w:rsidRDefault="000C6B1C" w14:paraId="7668D5AD" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>CRITERION THREE</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A3EA294" w14:textId="77777777" w:rsidR="000C6B1C" w:rsidRDefault="000C6B1C" w:rsidP="00190A8D">
+    <w:p w:rsidR="000C6B1C" w:rsidP="00190A8D" w:rsidRDefault="000C6B1C" w14:paraId="2A3EA294" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="35159CE3" w14:textId="77777777" w:rsidR="00DD6424" w:rsidRDefault="00DD6424" w:rsidP="00DD6424">
+    <w:p w:rsidR="00DD6424" w:rsidP="5039AFF3" w:rsidRDefault="00DD6424" w14:paraId="35159CE3" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-          <w:b/>
-[...7 lines deleted...]
-        <w:t>Contribution to other departmental duties, academic and otherwise, demonstrating the level of citizenship expected of a substantive Associate Professor, and personal contribution to Equality, Diversity and Inclusion actions in their group</w:t>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="06713D06" w:rsidR="00DD6424">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Contribution to other departmental duties, academic and otherwise, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06713D06" w:rsidR="00DD6424">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>demonstrating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="06713D06" w:rsidR="00DD6424">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the level of citizenship expected of a substantive Associate Professor, and personal </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06713D06" w:rsidR="00DD6424">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>contribution</w:t>
+      </w:r>
+      <w:r w:rsidRPr="06713D06" w:rsidR="00DD6424">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to Equality, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="06713D06" w:rsidR="00DD6424">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t>Diversity</w:t>
+      </w:r>
+      <w:r w:rsidRPr="06713D06" w:rsidR="00DD6424">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Inclusion actions in their group</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6CBB32BE" w14:textId="77777777" w:rsidR="00DD6424" w:rsidRDefault="00DD6424" w:rsidP="00DD6424">
+    <w:p w:rsidR="00DD6424" w:rsidP="00DD6424" w:rsidRDefault="00DD6424" w14:paraId="6CBB32BE" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="48023907" w14:textId="2DDC0511" w:rsidR="000C6B1C" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="00DD6424">
+    <w:p w:rsidRPr="001703AD" w:rsidR="000C6B1C" w:rsidP="00DD6424" w:rsidRDefault="0053093E" w14:paraId="48023907" w14:textId="2DDC0511">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:b/>
         </w:rPr>
         <w:t>The applicant must demonstrate a sustained and continuing contribution to the general work of the Medical Sciences Division over the last three years.</w:t>
       </w:r>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62B01F40" w14:textId="77777777" w:rsidR="000C6B1C" w:rsidRPr="001703AD" w:rsidRDefault="000C6B1C" w:rsidP="00190A8D">
+    <w:p w:rsidRPr="001703AD" w:rsidR="000C6B1C" w:rsidP="00190A8D" w:rsidRDefault="000C6B1C" w14:paraId="62B01F40" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4BD2BDAF" w14:textId="6DD36AAB" w:rsidR="0053093E" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="00190A8D">
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="00190A8D" w:rsidRDefault="0053093E" w14:paraId="4BD2BDAF" w14:textId="6DD36AAB">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001703AD">
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
         <w:t>Please provide evidence that you have met this criterion by:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6EC3C780" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="0053093E">
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="0053093E" w:rsidRDefault="0053093E" w14:paraId="6EC3C780" w14:textId="77777777">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="67C96D0A" w14:textId="0D4C8C2C" w:rsidR="0053093E" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="00190A8D">
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="280166C5" w:rsidRDefault="0053093E" w14:paraId="394882D0" w14:textId="06D3B2BC">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="709"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...72 lines deleted...]
-        <w:t>in 2020 and beyond.</w:t>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describing any role that you have played in the life of their department, the </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Division</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or the University by, for example, serving on relevant committees, examining, assessing, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>mentoring</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> or contributing to the organisation of seminars or other scientific events over the last three years. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3568F612" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="001703AD" w:rsidRDefault="0053093E" w:rsidP="0053093E">
-      <w:pPr>
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="280166C5" w:rsidRDefault="0053093E" w14:paraId="592B4AE7" w14:textId="620FCB67">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="280166C5" w:rsidRDefault="0053093E" w14:paraId="08C980D9" w14:textId="49BD36F0">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Please </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>indicate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> how you have supported and contributed to creating a respectful, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>collaborative</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and inclusive working and learning </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="591736AD">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>environment</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for all colleagues in the department from </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>different backgrounds</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, in which the rights and dignity of all staff and students are respected</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="49AC1B21">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="280166C5" w:rsidRDefault="0053093E" w14:paraId="0D7F423C" w14:textId="52633BF7">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="280166C5" w:rsidRDefault="0053093E" w14:paraId="0CD6E531" w14:textId="2205627D">
+      <w:pPr>
+        <w:pStyle w:val="NoSpacing"/>
+        <w:spacing w:before="0" w:beforeAutospacing="off" w:after="0" w:afterAutospacing="off" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="720"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are also invited to state whether you have been </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>impacted</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1C6684EF">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:noProof w:val="0"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> by caring responsibilities in recent years.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidRPr="001703AD" w:rsidR="0053093E" w:rsidP="280166C5" w:rsidRDefault="0053093E" w14:paraId="67C96D0A" w14:textId="49D8B478">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="0"/>
+        </w:tabs>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:color w:val="auto"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00E92906" w:rsidR="0053093E" w:rsidP="280166C5" w:rsidRDefault="0053093E" w14:paraId="50385E22" w14:textId="07A35C7D">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
-        <w:rPr>
-[...2 lines deleted...]
-      </w:pPr>
+        <w:ind/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="280166C5" w:rsidR="0053093E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Describing any marks of esteem that you have achieved.  These might include, for example, being asked to deliver external lectures, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="0053093E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>participating</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="0053093E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in the editorial boards of academic journals etc.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="50385E22" w14:textId="77777777" w:rsidR="0053093E" w:rsidRPr="00E92906" w:rsidRDefault="0053093E" w:rsidP="00E22509">
-[...23 lines deleted...]
-      <w:pPr>
+    <w:p w:rsidR="00F04F82" w:rsidP="280166C5" w:rsidRDefault="00F04F82" w14:paraId="0EA6E011" w14:textId="2F174478">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="567"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="567" w:hanging="567"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EA6E011" w14:textId="2C50D32F" w:rsidR="00F04F82" w:rsidRDefault="00F04F82" w:rsidP="0053093E">
+    <w:p w:rsidR="280166C5" w:rsidP="280166C5" w:rsidRDefault="280166C5" w14:paraId="7D66DB02" w14:textId="4CD62FB6">
       <w:pPr>
         <w:pBdr>
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
-[...60 lines deleted...]
-          <w:bottom w:val="single" w:sz="12" w:space="1" w:color="auto"/>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="1"/>
         </w:pBdr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
-[...11 lines deleted...]
-        </w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="00E22509" w:rsidP="280166C5" w:rsidRDefault="001C0CE1" w14:paraId="33C26FF7" w14:textId="1A50EDFF">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">You are encouraged to </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>disclose</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> circumstances that may, over </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>a period of time</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, have had </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="1FDC6A4E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>substantial</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> effect on your record of research or teaching. Such circumstances will be given </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>due consideration</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Any personal disclosure should be provided as a separate document, in addition to, and not included as part of the 12-page application. This disclosure should be a maximum of one page. Disclosures will be seen by the divisional committee but not by independent </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="08BA5804">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>assessors and</w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="001C0CE1">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be treated as strictly confidential.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="06713D06" w:rsidP="06713D06" w:rsidRDefault="06713D06" w14:paraId="40C7AB6A" w14:textId="6EAFCF8D">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="06713D06" w:rsidP="06713D06" w:rsidRDefault="06713D06" w14:paraId="595173D4" w14:textId="00F2CE65">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="06713D06" w:rsidP="06713D06" w:rsidRDefault="06713D06" w14:paraId="2E71F6B8" w14:textId="1B6700CF">
+      <w:pPr>
+        <w:pStyle w:val="Normal"/>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="06713D06" w:rsidP="06713D06" w:rsidRDefault="06713D06" w14:paraId="1BD16D76" w14:textId="607F868F">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="FF000000" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidRPr="00740A3D" w:rsidR="0053093E" w:rsidP="280166C5" w:rsidRDefault="0053093E" w14:paraId="07CB9735" w14:textId="77777777">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="000000" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="280166C5" w:rsidR="0053093E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Applicant’s </w:t>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="0053093E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
+        <w:t>signature:</w:t>
+      </w:r>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E92906">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E92906">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E92906">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E92906">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E92906">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00E92906">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r>
         <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="280166C5" w:rsidR="0053093E">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:eastAsia="Aptos" w:cs="Aptos" w:asciiTheme="minorAscii" w:hAnsiTheme="minorAscii" w:eastAsiaTheme="minorAscii" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:eastAsia="en-US" w:bidi="ar-SA"/>
+        </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="0053093E" w:rsidRPr="00740A3D" w:rsidSect="004E46D7">
+    <w:p w:rsidR="06713D06" w:rsidP="06713D06" w:rsidRDefault="06713D06" w14:paraId="514BB4B6" w14:textId="1A2A6959">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="FF000000" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w:rsidR="06713D06" w:rsidP="06713D06" w:rsidRDefault="06713D06" w14:paraId="52E8C5E8" w14:textId="435DE447">
+      <w:pPr>
+        <w:pBdr>
+          <w:bottom w:val="single" w:color="FF000000" w:sz="12" w:space="1"/>
+        </w:pBdr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidRPr="00740A3D" w:rsidR="0053093E" w:rsidSect="004E46D7">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
-      <w:pgSz w:w="11906" w:h="16838"/>
+      <w:pgSz w:w="11906" w:h="16838" w:orient="portrait"/>
       <w:pgMar w:top="1247" w:right="1134" w:bottom="1134" w:left="1247" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/commentsExtended.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:commentsEx xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
+<file path=word/commentsIds.xml><?xml version="1.0" encoding="utf-8"?>
+<w16cid:commentsIds xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" mc:Ignorable="w16cid"/>
+</file>
+
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="464A6B79" w14:textId="77777777" w:rsidR="00BD6DC1" w:rsidRDefault="00BD6DC1" w:rsidP="004E46D7">
+    <w:p w:rsidR="00BD6DC1" w:rsidP="004E46D7" w:rsidRDefault="00BD6DC1" w14:paraId="464A6B79" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="028C3346" w14:textId="77777777" w:rsidR="00BD6DC1" w:rsidRDefault="00BD6DC1" w:rsidP="004E46D7">
+    <w:p w:rsidR="00BD6DC1" w:rsidP="004E46D7" w:rsidRDefault="00BD6DC1" w14:paraId="028C3346" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="250173185"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="6F7A735B" w14:textId="03DAF499" w:rsidR="00F04F82" w:rsidRDefault="00F04F82">
+      <w:p w:rsidR="00F04F82" w:rsidRDefault="00F04F82" w14:paraId="6F7A735B" w14:textId="03DAF499">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
         <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidR="00E2043A">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>7</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="47A84A1E" w14:textId="77777777" w:rsidR="00F04F82" w:rsidRDefault="00F04F82">
+  <w:p w:rsidR="00F04F82" w:rsidRDefault="00F04F82" w14:paraId="47A84A1E" w14:textId="77777777">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="05F26095" w14:textId="77777777" w:rsidR="00BD6DC1" w:rsidRDefault="00BD6DC1" w:rsidP="004E46D7">
+    <w:p w:rsidR="00BD6DC1" w:rsidP="004E46D7" w:rsidRDefault="00BD6DC1" w14:paraId="05F26095" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6711EB99" w14:textId="77777777" w:rsidR="00BD6DC1" w:rsidRDefault="00BD6DC1" w:rsidP="004E46D7">
+    <w:p w:rsidR="00BD6DC1" w:rsidP="004E46D7" w:rsidRDefault="00BD6DC1" w14:paraId="6711EB99" w14:textId="77777777">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="1D4705CE" w14:textId="77777777" w:rsidR="00693D33" w:rsidRPr="00632E28" w:rsidRDefault="00693D33" w:rsidP="000B5F3C">
+    <w:p w:rsidRPr="00632E28" w:rsidR="00693D33" w:rsidP="000B5F3C" w:rsidRDefault="00693D33" w14:paraId="1D4705CE" w14:textId="77777777">
       <w:pPr>
         <w:pStyle w:val="FootnoteText"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00632E28">
         <w:rPr>
           <w:rStyle w:val="FootnoteReference"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00632E28">
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> if not completed please indicate whether transferred and whether confirmed in status</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="3A86BF20" w14:textId="7709D866" w:rsidR="004E46D7" w:rsidRPr="004E46D7" w:rsidRDefault="004E46D7" w:rsidP="004E46D7">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w:rsidRPr="004E46D7" w:rsidR="004E46D7" w:rsidP="004E46D7" w:rsidRDefault="004E46D7" w14:paraId="3A86BF20" w14:textId="7709D866">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="047119A2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1F08FDBC"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1D4C253A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B098404C"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="228040BE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="E2AA4B02"/>
     <w:lvl w:ilvl="0" w:tplc="0809000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5707,51 +6324,51 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0809001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64F4428B"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF34F8B4"/>
     <w:lvl w:ilvl="0" w:tplc="18468924">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:eastAsia="Times New Roman" w:hint="default"/>
+        <w:rFonts w:hint="default" w:eastAsia="Times New Roman"/>
         <w:b w:val="0"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
@@ -5798,147 +6415,147 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="70786BBD"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DB828882"/>
     <w:lvl w:ilvl="0" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="08090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2520" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="4" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3960" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="5" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="6" w:tplc="08090001" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="08090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="08090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:hint="default" w:ascii="Wingdings" w:hAnsi="Wingdings"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79C24D76"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B65691AA"/>
     <w:lvl w:ilvl="0" w:tplc="C3D44468">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1080"/>
         </w:tabs>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -6011,372 +6628,407 @@
     <w:lvl w:ilvl="7" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:num w:numId="1" w16cid:durableId="2004821421">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="971714423">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="3">
+  <w:num w:numId="3" w16cid:durableId="1738622442">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="4">
+  <w:num w:numId="4" w16cid:durableId="632060683">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="5">
+  <w:num w:numId="5" w16cid:durableId="43188510">
     <w:abstractNumId w:val="9"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="6">
+  <w:num w:numId="6" w16cid:durableId="181668975">
     <w:abstractNumId w:val="5"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="1">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="2">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="3">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="4">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="5">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="7">
+  <w:num w:numId="7" w16cid:durableId="2014069646">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8">
+  <w:num w:numId="8" w16cid:durableId="247084430">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="9">
+  <w:num w:numId="9" w16cid:durableId="1954554295">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="10">
+  <w:num w:numId="10" w16cid:durableId="754785148">
     <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
+<file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
+<w15:people xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w15"/>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:trackRevisions w:val="false"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00FA4A68"/>
     <w:rsid w:val="0001756F"/>
     <w:rsid w:val="00046B04"/>
     <w:rsid w:val="00080D42"/>
     <w:rsid w:val="000822A0"/>
     <w:rsid w:val="000B5F3C"/>
     <w:rsid w:val="000B7751"/>
     <w:rsid w:val="000C6B1C"/>
     <w:rsid w:val="000F3D65"/>
     <w:rsid w:val="001703AD"/>
     <w:rsid w:val="0017622E"/>
     <w:rsid w:val="00190A8D"/>
     <w:rsid w:val="001A38B2"/>
     <w:rsid w:val="001B06AD"/>
     <w:rsid w:val="001C0ABF"/>
     <w:rsid w:val="001C0B7A"/>
+    <w:rsid w:val="001C0CE1"/>
     <w:rsid w:val="001C21A8"/>
     <w:rsid w:val="001D40B2"/>
     <w:rsid w:val="001D7E4A"/>
+    <w:rsid w:val="001E1554"/>
     <w:rsid w:val="002035D1"/>
     <w:rsid w:val="00210560"/>
     <w:rsid w:val="00213F8E"/>
     <w:rsid w:val="00242E7E"/>
     <w:rsid w:val="00250DF6"/>
     <w:rsid w:val="00333F0D"/>
     <w:rsid w:val="0035151F"/>
     <w:rsid w:val="0038489E"/>
     <w:rsid w:val="003B6042"/>
     <w:rsid w:val="003E634C"/>
     <w:rsid w:val="003F38FE"/>
     <w:rsid w:val="0046160B"/>
     <w:rsid w:val="004B151B"/>
     <w:rsid w:val="004B4AA8"/>
     <w:rsid w:val="004E46D7"/>
     <w:rsid w:val="0053093E"/>
     <w:rsid w:val="005B0479"/>
     <w:rsid w:val="005E28B5"/>
     <w:rsid w:val="00632E28"/>
     <w:rsid w:val="00643C78"/>
     <w:rsid w:val="006873BE"/>
     <w:rsid w:val="006931D9"/>
     <w:rsid w:val="00693D33"/>
     <w:rsid w:val="006C17E5"/>
     <w:rsid w:val="00735890"/>
     <w:rsid w:val="007A29B4"/>
     <w:rsid w:val="007C4F74"/>
     <w:rsid w:val="0082259A"/>
     <w:rsid w:val="00852104"/>
     <w:rsid w:val="00857913"/>
     <w:rsid w:val="008A48F9"/>
     <w:rsid w:val="008E6F99"/>
     <w:rsid w:val="008F0ECB"/>
     <w:rsid w:val="008F2078"/>
     <w:rsid w:val="00907562"/>
+    <w:rsid w:val="00920F7A"/>
     <w:rsid w:val="009454AE"/>
     <w:rsid w:val="009B57D5"/>
     <w:rsid w:val="009D3AD9"/>
     <w:rsid w:val="00A02FAE"/>
     <w:rsid w:val="00A26710"/>
     <w:rsid w:val="00A34A85"/>
     <w:rsid w:val="00A43D27"/>
     <w:rsid w:val="00A95A68"/>
     <w:rsid w:val="00AB54A9"/>
     <w:rsid w:val="00AC3072"/>
     <w:rsid w:val="00AF521C"/>
     <w:rsid w:val="00B20B1E"/>
     <w:rsid w:val="00B35B35"/>
     <w:rsid w:val="00B374B4"/>
     <w:rsid w:val="00B77BC7"/>
     <w:rsid w:val="00B81D74"/>
     <w:rsid w:val="00B87F93"/>
     <w:rsid w:val="00BD6DC1"/>
     <w:rsid w:val="00BF492C"/>
     <w:rsid w:val="00C22A12"/>
     <w:rsid w:val="00C27018"/>
     <w:rsid w:val="00C81C17"/>
     <w:rsid w:val="00CA5A8B"/>
     <w:rsid w:val="00CD6133"/>
     <w:rsid w:val="00CF409B"/>
     <w:rsid w:val="00D33CC4"/>
     <w:rsid w:val="00D409D0"/>
     <w:rsid w:val="00D40D92"/>
     <w:rsid w:val="00D42169"/>
     <w:rsid w:val="00DD6424"/>
     <w:rsid w:val="00E2043A"/>
     <w:rsid w:val="00E22107"/>
     <w:rsid w:val="00E22509"/>
     <w:rsid w:val="00E36E42"/>
     <w:rsid w:val="00E90FD6"/>
     <w:rsid w:val="00E92906"/>
     <w:rsid w:val="00EC4B2A"/>
+    <w:rsid w:val="00EF7234"/>
     <w:rsid w:val="00F04F82"/>
     <w:rsid w:val="00F34DB0"/>
     <w:rsid w:val="00F45681"/>
+    <w:rsid w:val="00F86FEC"/>
     <w:rsid w:val="00F904BA"/>
     <w:rsid w:val="00FA3B84"/>
     <w:rsid w:val="00FA4A68"/>
     <w:rsid w:val="00FB47E6"/>
     <w:rsid w:val="00FD4DCC"/>
+    <w:rsid w:val="06713D06"/>
+    <w:rsid w:val="0769A4B5"/>
+    <w:rsid w:val="08BA5804"/>
+    <w:rsid w:val="0A7DB50A"/>
+    <w:rsid w:val="11094A17"/>
+    <w:rsid w:val="13073223"/>
+    <w:rsid w:val="1C6684EF"/>
+    <w:rsid w:val="1FDC6A4E"/>
+    <w:rsid w:val="268C2B89"/>
+    <w:rsid w:val="280166C5"/>
+    <w:rsid w:val="2B25D1CD"/>
+    <w:rsid w:val="311CE0E5"/>
+    <w:rsid w:val="39774D6A"/>
+    <w:rsid w:val="3E41DDE2"/>
+    <w:rsid w:val="42B3E8A9"/>
+    <w:rsid w:val="42E85E0E"/>
+    <w:rsid w:val="4864D433"/>
+    <w:rsid w:val="49AC1B21"/>
+    <w:rsid w:val="5039AFF3"/>
+    <w:rsid w:val="557677CC"/>
+    <w:rsid w:val="591736AD"/>
+    <w:rsid w:val="5B4C79E8"/>
+    <w:rsid w:val="64B92467"/>
+    <w:rsid w:val="699ED7CC"/>
+    <w:rsid w:val="794A6E84"/>
+    <w:rsid w:val="7EC635AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="69715C57"/>
   <w15:docId w15:val="{6EB27148-E875-44FB-A1FB-863705CF8A97}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
+        <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-[...6 lines deleted...]
-    <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 3" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 7" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 8" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 9" w:uiPriority="9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
-[...7 lines deleted...]
-    <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 1" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 2" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 3" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 4" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 5" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 6" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 7" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 8" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="toc 9" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="35" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:uiPriority="1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6532,52 +7184,52 @@
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
-    <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Bibliography" w:uiPriority="37" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
@@ -6644,263 +7296,263 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="001B06AD"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:styleId="DefaultParagraphFont" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:styleId="NoList" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00FA4A68"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004E46D7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+  <w:style w:type="character" w:styleId="HeaderChar" w:customStyle="1">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004E46D7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004E46D7"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+  <w:style w:type="character" w:styleId="FooterChar" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="004E46D7"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00210560"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00210560"/>
     <w:pPr>
       <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
+  <w:style w:type="character" w:styleId="CommentTextChar" w:customStyle="1">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00210560"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentSubject">
     <w:name w:val="annotation subject"/>
     <w:basedOn w:val="CommentText"/>
     <w:next w:val="CommentText"/>
     <w:link w:val="CommentSubjectChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00210560"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
+  <w:style w:type="character" w:styleId="CommentSubjectChar" w:customStyle="1">
     <w:name w:val="Comment Subject Char"/>
     <w:basedOn w:val="CommentTextChar"/>
     <w:link w:val="CommentSubject"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00210560"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BalloonText">
     <w:name w:val="Balloon Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BalloonTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00210560"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar">
+  <w:style w:type="character" w:styleId="BalloonTextChar" w:customStyle="1">
     <w:name w:val="Balloon Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00210560"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="FootnoteText">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FootnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0038489E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FootnoteTextChar">
+  <w:style w:type="character" w:styleId="FootnoteTextChar" w:customStyle="1">
     <w:name w:val="Footnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="FootnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="0038489E"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FootnoteReference">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="0038489E"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
@@ -6909,85 +7561,93 @@
     <w:semiHidden/>
     <w:rsid w:val="009D3AD9"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="EndnoteText">
     <w:name w:val="endnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EndnoteTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00632E28"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
+  <w:style w:type="character" w:styleId="EndnoteTextChar" w:customStyle="1">
     <w:name w:val="Endnote Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="EndnoteText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00632E28"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="EndnoteReference">
     <w:name w:val="endnote reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00632E28"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="NoSpacing">
+    <w:uiPriority w:val="1"/>
+    <w:name w:val="No Spacing"/>
+    <w:qFormat/>
+    <w:rsid w:val="280166C5"/>
+    <w:pPr>
+      <w:spacing w:after="0"/>
+    </w:pPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
-<file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<file path=word/_rels/document.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" Id="rId8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" Id="rId13" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml" Id="rId3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" Id="rId7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" Id="rId12" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml" Id="rId2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" Id="rId1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" Id="rId6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" Id="rId11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" Id="rId5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" Id="rId15" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" Id="rId10" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml" Id="rId4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" Id="rId9" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml" Id="rId14" /><Relationship Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml" Id="R60552f76906d4a1e" /><Relationship Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml" Id="Reca2bb6b38944181" /></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -7246,187 +7906,153 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...1 lines deleted...]
-</p:properties>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...6 lines deleted...]
-    <xsd:import namespace="2bb55023-286f-46d7-8b8e-5a79189d33e9"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100DE7E323B7FC6F942BDA9D529737D55B0" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="f3d76095570b4605983cdd3e85477222">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="85e0f343-b407-478d-9614-43a3623d4bcd" xmlns:ns3="d1c0dc43-a5b7-4439-987e-e9589fb92cb9" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="6c20ea0e34e44a34c6fada8a958b8f4f" ns2:_="" ns3:_="">
+    <xsd:import namespace="85e0f343-b407-478d-9614-43a3623d4bcd"/>
+    <xsd:import namespace="d1c0dc43-a5b7-4439-987e-e9589fb92cb9"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="adcfa805-e237-4af0-86e0-efffb5656f00" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="85e0f343-b407-478d-9614-43a3623d4bcd" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="10" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="10" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="11" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="11" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceLocation" ma:index="13" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="14" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoTags" ma:index="12" nillable="true" ma:displayName="Tags" ma:internalName="MediaServiceAutoTags" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceOCR" ma:index="13" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
-[...6 lines deleted...]
-    <xsd:element name="MediaServiceGenerationTime" ma:index="14" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="15" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
-[...2 lines deleted...]
-      </xsd:simpleType>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="1eeb44a9-b924-44d0-8ed9-f8b504a4bac6" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="16" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
-[...9 lines deleted...]
-    <xsd:element name="MediaLengthInSeconds" ma:index="18" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="2bb55023-286f-46d7-8b8e-5a79189d33e9" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d1c0dc43-a5b7-4439-987e-e9589fb92cb9" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="19" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="TaxCatchAll" ma:index="12" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{65aea1ae-f8f4-4417-8e4d-e2ebc3c2a4be}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d1c0dc43-a5b7-4439-987e-e9589fb92cb9">
       <xsd:complexType>
         <xsd:complexContent>
-          <xsd:extension base="dms:UserMulti">
+          <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
-              <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
-[...7 lines deleted...]
-              </xsd:element>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
-    </xsd:element>
-[...10 lines deleted...]
-      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -7484,139 +8110,117 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="d1c0dc43-a5b7-4439-987e-e9589fb92cb9" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="85e0f343-b407-478d-9614-43a3623d4bcd">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3CD2C5FB-9013-47DA-9568-BC1EB6F04444}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{18D87A39-DE65-417A-8C9F-D743136FF1EB}"/>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{165B1E55-B8FE-4656-8ED3-E7777E5A1E71}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEDA068A-D059-4D87-9592-7910D96D29C4}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="2bb55023-286f-46d7-8b8e-5a79189d33e9"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="adcfa805-e237-4af0-86e0-efffb5656f00"/>
     <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...33 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
-<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-[...31 lines deleted...]
-</Properties>
+<ap:Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns:ap="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
+  <ap:Template>Normal.dotm</ap:Template>
+  <ap:Application>Microsoft Word for the web</ap:Application>
+  <ap:DocSecurity>0</ap:DocSecurity>
+  <ap:ScaleCrop>false</ap:ScaleCrop>
+  <ap:Company>University of Oxford</ap:Company>
+  <ap:SharedDoc>false</ap:SharedDoc>
+  <ap:HyperlinksChanged>false</ap:HyperlinksChanged>
+  <ap:AppVersion>16.0000</ap:AppVersion>
+  <ap:LinksUpToDate>false</ap:LinksUpToDate>
+</ap:Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
-<cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+<coreProperties xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties">
+  <dc:title/>
   <dc:creator>admn1951</dc:creator>
-  <cp:lastModifiedBy></cp:lastModifiedBy>
-  <cp:revision></cp:revision>
+  <lastModifiedBy>Ingunn Haugen</lastModifiedBy>
+  <revision>7</revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
-</cp:coreProperties>
+</coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x01010043F46D077191524789927868CF947692</vt:lpwstr>
+    <vt:lpwstr>0x010100DE7E323B7FC6F942BDA9D529737D55B0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
   </property>
 </Properties>
 </file>