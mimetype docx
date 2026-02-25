--- v0 (2025-12-14)
+++ v1 (2026-02-25)
@@ -4,148 +4,142 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="5FF6FA4F" w14:textId="56CB0ADE" w:rsidR="00966421" w:rsidRPr="00201EDD" w:rsidRDefault="00966421" w:rsidP="00ED402B">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="666666"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00201EDD">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="666666"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>PrimDISC application</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E190309" w14:textId="180D058F" w:rsidR="00C17527" w:rsidRDefault="00EA2CF0" w:rsidP="00EA2CF0">
+    <w:p w14:paraId="6E190309" w14:textId="729BFB99" w:rsidR="00C17527" w:rsidRDefault="00EA2CF0" w:rsidP="00EA2CF0">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA2CF0">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Please </w:t>
       </w:r>
       <w:r w:rsidR="00C17527">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>submit</w:t>
       </w:r>
       <w:r w:rsidRPr="00EA2CF0">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> this application form three weeks ahead of the next PrimDISC meeting</w:t>
       </w:r>
       <w:r w:rsidR="00C17527">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve"> via </w:t>
+        <w:t xml:space="preserve"> via</w:t>
+      </w:r>
+      <w:r w:rsidR="00311A7A">
+        <w:rPr>
+          <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> email: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00606E59" w:rsidRPr="00606E59">
+        <w:r w:rsidR="00246B53" w:rsidRPr="00E87AA0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
             <w:b/>
+            <w:bCs/>
           </w:rPr>
-          <w:t>https://www.phc.ox.ac.uk/intranet/better-workplace-groups-committees-open-meetings/primdisc-committee-1/primdisc-applications/</w:t>
+          <w:t>primdisc@phc.ox.ac.uk</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00606E59">
-[...14 lines deleted...]
-      </w:r>
     </w:p>
     <w:p w14:paraId="6649F001" w14:textId="5DD27680" w:rsidR="00EA2CF0" w:rsidRDefault="00EA2CF0" w:rsidP="00EA2CF0">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EA2CF0">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Dates can be found on the website: </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidRPr="000245FD">
           <w:rPr>
@@ -387,57 +381,57 @@
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00761419" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -461,57 +455,57 @@
       <w:r w:rsidR="00606E59" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00606E59" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00606E59" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00606E59" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008A087B" w:rsidRPr="008A087B">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -541,57 +535,57 @@
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00EA2CF0" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00201EDD" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -607,57 +601,57 @@
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00201EDD" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -689,57 +683,57 @@
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -762,57 +756,57 @@
       <w:r w:rsidR="00201EDD" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidR="00201EDD" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00201EDD" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidR="00201EDD" w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> Other (please specify)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3771F90D" w14:textId="703F6FCC" w:rsidR="00201EDD" w:rsidRPr="003F1E2D" w:rsidRDefault="003F1E2D" w:rsidP="006B45EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
@@ -855,57 +849,57 @@
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -921,57 +915,57 @@
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -980,52 +974,50 @@
     </w:p>
     <w:p w14:paraId="432196F0" w14:textId="77777777" w:rsidR="008A087B" w:rsidRDefault="008A087B" w:rsidP="006B45EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="21" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="73918A3C" w14:textId="2056F5D4" w:rsidR="00201EDD" w:rsidRDefault="00201EDD" w:rsidP="006B45EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="21" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="3" w:name="_GoBack"/>
-      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00201EDD">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>If it is not ORCHID, please list the data set PI:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="40D0C7D1" w14:textId="21BBFB20" w:rsidR="00691D9F" w:rsidRDefault="00691D9F" w:rsidP="006B45EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="21" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="439DCEB2" w14:textId="18FCC719" w:rsidR="00606E59" w:rsidRPr="00606E59" w:rsidRDefault="00606E59" w:rsidP="006B45EB">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="21" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
         <w:rPr>
           <w:b/>
@@ -1056,100 +1048,100 @@
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="21" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
       </w:pPr>
       <w:r w:rsidRPr="00606E59">
         <w:t xml:space="preserve">Information Asset Owner (IAO): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29E54492" w14:textId="0EC1DF3D" w:rsidR="008E0AB9" w:rsidRPr="00D72B9E" w:rsidRDefault="008E0AB9" w:rsidP="008E0AB9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="666666"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Experience </w:t>
       </w:r>
       <w:r w:rsidR="00ED402B" w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="666666"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">– please provide a </w:t>
       </w:r>
       <w:r w:rsidR="00691D9F">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="666666"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">brief </w:t>
       </w:r>
       <w:r w:rsidR="00ED402B" w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="666666"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>description of your team’s expertise in the different areas</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="113F8DAD" w14:textId="14DC25DC" w:rsidR="008E0AB9" w:rsidRPr="00D72B9E" w:rsidRDefault="002B6632" w:rsidP="008E0AB9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Methodological Expertise (</w:t>
       </w:r>
       <w:r w:rsidR="00691D9F">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">e.g. </w:t>
       </w:r>
       <w:r w:rsidR="008E0AB9" w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Statistics</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>, Machine Learning)</w:t>
@@ -1192,62 +1184,62 @@
       <w:r w:rsidR="00ED402B" w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="432B05A6" w14:textId="77777777" w:rsidR="00ED402B" w:rsidRPr="00D72B9E" w:rsidRDefault="00ED402B" w:rsidP="008E0AB9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="736B9432" w14:textId="38A34DF6" w:rsidR="008E0AB9" w:rsidRPr="00D72B9E" w:rsidRDefault="008E0AB9"/>
     <w:p w14:paraId="3AECA055" w14:textId="7C51878F" w:rsidR="008E0AB9" w:rsidRPr="00D72B9E" w:rsidRDefault="008E0AB9" w:rsidP="002D3D42">
       <w:pPr>
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="4" w:name="_Hlk170392891"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk170392891"/>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="666666"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Funding</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="4"/>
+      <w:bookmarkEnd w:id="3"/>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="666666"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03BB714F" w14:textId="19BBFE00" w:rsidR="008E0AB9" w:rsidRPr="00D72B9E" w:rsidRDefault="008E0AB9" w:rsidP="008E0AB9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:pPr>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">Has the funding been secured? </w:t>
       </w:r>
       <w:r w:rsidR="00691D9F">
@@ -1312,83 +1304,83 @@
         </w:rPr>
         <w:t>F</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="666666"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>easibility</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3ACD2D7C" w14:textId="5000CA07" w:rsidR="000D609D" w:rsidRPr="00D72B9E" w:rsidRDefault="000D609D" w:rsidP="000D609D">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Feasibility count: </w:t>
       </w:r>
-      <w:bookmarkStart w:id="5" w:name="_Hlk169254541"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk169254541"/>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1404,133 +1396,133 @@
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>No</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="5"/>
+      <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="490F1C51" w14:textId="3C67248C" w:rsidR="00ED402B" w:rsidRDefault="000D609D" w:rsidP="008E0AB9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Are the data already available? </w:t>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1546,57 +1538,57 @@
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin">
           <w:ffData>
             <w:name w:val="Check1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:checkBox>
               <w:sizeAuto/>
               <w:default w:val="0"/>
               <w:checked w:val="0"/>
             </w:checkBox>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMCHECKBOX </w:instrText>
       </w:r>
-      <w:r w:rsidR="00BF6CB7">
-[...5 lines deleted...]
-      <w:r w:rsidR="00BF6CB7">
+      <w:r w:rsidR="00000000">
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00000000">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:r w:rsidRPr="006B45EB">
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -1813,51 +1805,50 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (please justify): </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6E2D5183" w14:textId="0452B75D" w:rsidR="008E0AB9" w:rsidRPr="00D72B9E" w:rsidRDefault="008E0AB9" w:rsidP="008E0AB9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:pPr>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">What </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> the health or economic </w:t>
       </w:r>
       <w:r w:rsidR="001061D7">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
@@ -2336,51 +2327,50 @@
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>How long do you wish to retain the data?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="53359E6C" w14:textId="1612FB85" w:rsidR="008E0AB9" w:rsidRDefault="008E0AB9" w:rsidP="008E0AB9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00D72B9E">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">If longer than 12 months, please justify your reasons below (the maximum data retention period is 3 years, </w:t>
       </w:r>
       <w:r w:rsidR="00127347">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">note there </w:t>
       </w:r>
       <w:r w:rsidR="001061D7">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
       <w:r w:rsidR="00127347">
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> be </w:t>
@@ -2392,126 +2382,126 @@
           <w:bCs/>
         </w:rPr>
         <w:t>a review annually)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="TimesNewRomanPS" w:hAnsi="TimesNewRomanPS"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1137134C" w14:textId="26302004" w:rsidR="00941B12" w:rsidRDefault="00691D9F" w:rsidP="008E0AB9">
       <w:pPr>
         <w:pStyle w:val="NormalWeb"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00941B12" w:rsidSect="00E708EB">
+    <w:sectPr w:rsidR="00941B12" w:rsidSect="00246B53">
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11900" w:h="16840"/>
-      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="708" w:footer="708" w:gutter="0"/>
+      <w:pgMar w:top="1440" w:right="1080" w:bottom="1440" w:left="1080" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0563026D" w14:textId="77777777" w:rsidR="00966421" w:rsidRDefault="00966421" w:rsidP="00966421">
+    <w:p w14:paraId="1FD68668" w14:textId="77777777" w:rsidR="00D02A55" w:rsidRDefault="00D02A55" w:rsidP="00966421">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="148A68B1" w14:textId="77777777" w:rsidR="00966421" w:rsidRDefault="00966421" w:rsidP="00966421">
+    <w:p w14:paraId="03090B36" w14:textId="77777777" w:rsidR="00D02A55" w:rsidRDefault="00D02A55" w:rsidP="00966421">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="73832D07" w14:textId="77777777" w:rsidR="007C7733" w:rsidRDefault="007C7733"/>
+    <w:p w14:paraId="4DAF28AC" w14:textId="77777777" w:rsidR="00D02A55" w:rsidRDefault="00D02A55"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="TimesNewRomanPS">
     <w:altName w:val="Times New Roman"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:sdt>
     <w:sdtPr>
       <w:id w:val="1327641345"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
       <w:p w14:paraId="42368727" w14:textId="6301CE58" w:rsidR="00966421" w:rsidRDefault="00966421">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:jc w:val="center"/>
         </w:pPr>
         <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r>
           <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
         </w:r>
@@ -2520,202 +2510,208 @@
         </w:r>
         <w:r w:rsidR="00DA144B">
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:t>3</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:noProof/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="7F0EA233" w14:textId="77777777" w:rsidR="00966421" w:rsidRDefault="00966421">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6C1AC706" w14:textId="77777777" w:rsidR="00966421" w:rsidRDefault="00966421" w:rsidP="00966421">
+    <w:p w14:paraId="3FBE5033" w14:textId="77777777" w:rsidR="00D02A55" w:rsidRDefault="00D02A55" w:rsidP="00966421">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19CDE15C" w14:textId="77777777" w:rsidR="00966421" w:rsidRDefault="00966421" w:rsidP="00966421">
+    <w:p w14:paraId="39FCBAFA" w14:textId="77777777" w:rsidR="00D02A55" w:rsidRDefault="00D02A55" w:rsidP="00966421">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="64CCFF7F" w14:textId="77777777" w:rsidR="007C7733" w:rsidRDefault="007C7733"/>
+    <w:p w14:paraId="54E56EE6" w14:textId="77777777" w:rsidR="00D02A55" w:rsidRDefault="00D02A55"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="008E0AB9"/>
     <w:rsid w:val="000057A7"/>
     <w:rsid w:val="0002133E"/>
     <w:rsid w:val="000234F9"/>
     <w:rsid w:val="000B7111"/>
     <w:rsid w:val="000C618C"/>
     <w:rsid w:val="000D609D"/>
     <w:rsid w:val="000E0C1E"/>
     <w:rsid w:val="000E2E38"/>
     <w:rsid w:val="001061D7"/>
     <w:rsid w:val="00120413"/>
     <w:rsid w:val="00126F4A"/>
     <w:rsid w:val="00127347"/>
     <w:rsid w:val="00153109"/>
+    <w:rsid w:val="0016419C"/>
     <w:rsid w:val="0017094B"/>
     <w:rsid w:val="001962A4"/>
+    <w:rsid w:val="001C35E4"/>
     <w:rsid w:val="001D5BA2"/>
     <w:rsid w:val="001F343F"/>
     <w:rsid w:val="00200D65"/>
     <w:rsid w:val="00201EDD"/>
     <w:rsid w:val="0021602F"/>
     <w:rsid w:val="0022787F"/>
+    <w:rsid w:val="00246B53"/>
     <w:rsid w:val="00262965"/>
     <w:rsid w:val="00265050"/>
     <w:rsid w:val="00275407"/>
     <w:rsid w:val="00276B2A"/>
     <w:rsid w:val="002B6632"/>
     <w:rsid w:val="002C2F4D"/>
     <w:rsid w:val="002D3D42"/>
     <w:rsid w:val="002E3B17"/>
     <w:rsid w:val="00307814"/>
+    <w:rsid w:val="00311A7A"/>
     <w:rsid w:val="003211B2"/>
     <w:rsid w:val="0034095C"/>
     <w:rsid w:val="00340E68"/>
     <w:rsid w:val="00382FBC"/>
     <w:rsid w:val="003A3C6D"/>
     <w:rsid w:val="003D7686"/>
     <w:rsid w:val="003F1E2D"/>
     <w:rsid w:val="00404587"/>
     <w:rsid w:val="00405D41"/>
     <w:rsid w:val="00407D66"/>
     <w:rsid w:val="004722B8"/>
     <w:rsid w:val="004830C4"/>
     <w:rsid w:val="004A4CB0"/>
     <w:rsid w:val="004F1B33"/>
     <w:rsid w:val="00503362"/>
     <w:rsid w:val="005406AF"/>
     <w:rsid w:val="005549B7"/>
     <w:rsid w:val="00575329"/>
     <w:rsid w:val="005A231F"/>
     <w:rsid w:val="005D0FAB"/>
     <w:rsid w:val="005F36A1"/>
     <w:rsid w:val="00600174"/>
     <w:rsid w:val="0060685A"/>
     <w:rsid w:val="00606E59"/>
     <w:rsid w:val="006168EA"/>
     <w:rsid w:val="00631C8F"/>
     <w:rsid w:val="006336E1"/>
     <w:rsid w:val="006600BD"/>
     <w:rsid w:val="00662080"/>
     <w:rsid w:val="00666955"/>
     <w:rsid w:val="0067474F"/>
     <w:rsid w:val="00684B86"/>
     <w:rsid w:val="00691D9F"/>
     <w:rsid w:val="006B45EB"/>
     <w:rsid w:val="006E566A"/>
     <w:rsid w:val="006E773F"/>
     <w:rsid w:val="00714F8B"/>
     <w:rsid w:val="007550D3"/>
     <w:rsid w:val="00761419"/>
     <w:rsid w:val="007C1766"/>
     <w:rsid w:val="007C7733"/>
     <w:rsid w:val="00855FB8"/>
     <w:rsid w:val="00894B57"/>
     <w:rsid w:val="008A087B"/>
     <w:rsid w:val="008C1129"/>
     <w:rsid w:val="008C5C21"/>
     <w:rsid w:val="008D75A0"/>
     <w:rsid w:val="008E0AB9"/>
     <w:rsid w:val="008F142F"/>
     <w:rsid w:val="00913C78"/>
+    <w:rsid w:val="0093218C"/>
     <w:rsid w:val="00941B12"/>
     <w:rsid w:val="009619FE"/>
     <w:rsid w:val="00966421"/>
     <w:rsid w:val="009664F4"/>
     <w:rsid w:val="0097531C"/>
     <w:rsid w:val="0098269F"/>
     <w:rsid w:val="009A62B7"/>
     <w:rsid w:val="009D449C"/>
     <w:rsid w:val="00A2622F"/>
     <w:rsid w:val="00A26968"/>
     <w:rsid w:val="00A30A0D"/>
     <w:rsid w:val="00A3239C"/>
     <w:rsid w:val="00A82FC9"/>
     <w:rsid w:val="00A868EE"/>
     <w:rsid w:val="00AA6B8A"/>
     <w:rsid w:val="00AB67AA"/>
     <w:rsid w:val="00AE336A"/>
     <w:rsid w:val="00BA1E9E"/>
     <w:rsid w:val="00BC684B"/>
     <w:rsid w:val="00C17527"/>
     <w:rsid w:val="00C325A7"/>
     <w:rsid w:val="00C4753F"/>
     <w:rsid w:val="00C57EF0"/>
     <w:rsid w:val="00C60FE7"/>
     <w:rsid w:val="00C9486C"/>
+    <w:rsid w:val="00D02A55"/>
     <w:rsid w:val="00D3450B"/>
     <w:rsid w:val="00D72B9E"/>
     <w:rsid w:val="00DA144B"/>
     <w:rsid w:val="00DE06D7"/>
     <w:rsid w:val="00E35A4F"/>
     <w:rsid w:val="00E45616"/>
     <w:rsid w:val="00E64C1C"/>
     <w:rsid w:val="00E708EB"/>
     <w:rsid w:val="00E828E7"/>
     <w:rsid w:val="00EA27C0"/>
     <w:rsid w:val="00EA2CF0"/>
     <w:rsid w:val="00EA4723"/>
     <w:rsid w:val="00ED402B"/>
     <w:rsid w:val="00EF62E9"/>
     <w:rsid w:val="00F05BCE"/>
     <w:rsid w:val="00F11919"/>
     <w:rsid w:val="00F26183"/>
     <w:rsid w:val="00F766D1"/>
     <w:rsid w:val="00F92F9E"/>
     <w:rsid w:val="00F93232"/>
     <w:rsid w:val="00FC210C"/>
     <w:rsid w:val="00FC3327"/>
     <w:rsid w:val="017891E4"/>
     <w:rsid w:val="070A9BFA"/>
     <w:rsid w:val="1238C817"/>
@@ -2741,63 +2737,63 @@
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="703D9E14"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{384547E0-86BE-C144-97B6-9E32654B9455}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-GB" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="375">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -3129,50 +3125,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -3343,51 +3340,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA2CF0"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00EA2CF0"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="4329024">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1643080084">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -7362,56 +7359,57 @@
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                   <w:divsChild>
                     <w:div w:id="1271663828">
                       <w:marLeft w:val="0"/>
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phc.ox.ac.uk/intranet/better-workplace-groups-committees-open-meetings/primdisc-committee" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phc.ox.ac.uk/intranet/better-workplace-groups-committees-open-meetings/primdisc-committee-1/primdisc-applications/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.phc.ox.ac.uk/intranet/better-workplace-groups-committees-open-meetings/primdisc-committee" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:primdisc@phc.ox.ac.uk" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7678,74 +7676,50 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...22 lines deleted...]
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x0101001ACCD695650B7D4EA949879761870590" ma:contentTypeVersion="16" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="12073e967db1a1db493e6d7865655496">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="b82aa8d6-69f4-4f9e-80f1-21d8ada586b6" xmlns:ns4="2a5cfd94-07b7-4658-b590-a17243d7fef2" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="09b99ec20e0203e994c7808c72806b0b" ns3:_="" ns4:_="">
     <xsd:import namespace="b82aa8d6-69f4-4f9e-80f1-21d8ada586b6"/>
     <xsd:import namespace="2a5cfd94-07b7-4658-b590-a17243d7fef2"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns3:_activity" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns4:SharingHintHash" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSystemTags" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceLocation" minOccurs="0"/>
@@ -7940,124 +7914,142 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <SharedWithUsers xmlns="2a5cfd94-07b7-4658-b590-a17243d7fef2">
+      <UserInfo>
+        <DisplayName/>
+        <AccountId xsi:nil="true"/>
+        <AccountType/>
+      </UserInfo>
+    </SharedWithUsers>
+    <_activity xmlns="b82aa8d6-69f4-4f9e-80f1-21d8ada586b6" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{302526D5-9216-43E2-8E59-506615E19331}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="b82aa8d6-69f4-4f9e-80f1-21d8ada586b6"/>
     <ds:schemaRef ds:uri="2a5cfd94-07b7-4658-b590-a17243d7fef2"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08BC0EBD-F860-41F7-9556-3F7B539D9784}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="2a5cfd94-07b7-4658-b590-a17243d7fef2"/>
+    <ds:schemaRef ds:uri="b82aa8d6-69f4-4f9e-80f1-21d8ada586b6"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C706AD9B-A4A2-462C-9371-B00A4F1E45EF}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>4</Pages>
-[...1 lines deleted...]
-  <Characters>3919</Characters>
+  <Pages>3</Pages>
+  <Words>657</Words>
+  <Characters>3747</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>32</Lines>
-  <Paragraphs>9</Paragraphs>
+  <Lines>31</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4597</CharactersWithSpaces>
+  <CharactersWithSpaces>4396</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Rafael Perera-Salazar</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x0101001ACCD695650B7D4EA949879761870590</vt:lpwstr>
   </property>